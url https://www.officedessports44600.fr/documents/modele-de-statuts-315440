--- v0 (2025-10-15)
+++ v1 (2025-12-01)
@@ -1,94 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="738D15A1" w14:textId="77777777" w:rsidR="00874C7F" w:rsidRPr="00EF6267" w:rsidRDefault="00BC162D" w:rsidP="007C0A82">
+    <w:p w14:paraId="738D15A1" w14:textId="6FCA2AFF" w:rsidR="00874C7F" w:rsidRPr="00EF6267" w:rsidRDefault="3EEAFFBE" w:rsidP="007C0A82">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EXEMPLE </w:t>
+        <w:t>MODELE</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC162D" w:rsidRPr="00EF6267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DE STATUTS</w:t>
-      </w:r>
-[...9 lines deleted...]
-        <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0683B149" w14:textId="77777777" w:rsidR="003262ED" w:rsidRDefault="00874C7F" w:rsidP="007C0A82">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Proposé aux associations </w:t>
@@ -118,559 +117,597 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Loi</w:t>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> du </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="1"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="1"/>
         </w:smartTagPr>
         <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="00BC162D" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidR="00BC162D" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">juillet </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="1901"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="1901"/>
         </w:smartTagPr>
         <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1901</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et du décret du </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="16"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="16"/>
         </w:smartTagPr>
         <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> août </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="1901"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="1901"/>
         </w:smartTagPr>
         <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1901</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="00BC162D" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B19B7CA" w14:textId="77777777" w:rsidR="00BC162D" w:rsidRPr="0003428E" w:rsidRDefault="00BC162D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04ACAFA8" w14:textId="77777777" w:rsidR="00874C7F" w:rsidRPr="0003428E" w:rsidRDefault="003262ED" w:rsidP="0003428E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0003428E">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cet exemple est à compléter et à adapter. </w:t>
       </w:r>
-      <w:r w:rsidR="00BC162D" w:rsidRPr="0003428E">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00BC162D" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Les commentaires en italiques </w:t>
       </w:r>
-      <w:r w:rsidR="0003428E" w:rsidRPr="0003428E">
-[...23 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="0003428E" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>et en bleu c</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC162D" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidR="0003428E">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="0003428E" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00BC162D" w:rsidRPr="0003428E">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00BC162D" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="0003428E">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="0003428E" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ituent une aide à la</w:t>
       </w:r>
-      <w:r w:rsidR="00BC162D" w:rsidRPr="0003428E">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00BC162D" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> rédaction</w:t>
       </w:r>
-      <w:r w:rsidR="003C3E32">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="003C3E32" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ; ils </w:t>
       </w:r>
-      <w:r w:rsidR="0003428E" w:rsidRPr="0003428E">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="0003428E" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>doivent être supprimés avant enregistrement et/ou impression</w:t>
       </w:r>
-      <w:r w:rsidR="00BC162D" w:rsidRPr="0003428E">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00BC162D" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A5B69D3" w14:textId="6AA5B22C" w:rsidR="1A19EA55" w:rsidRDefault="1A19EA55" w:rsidP="1A19EA55">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EE84CA8" w14:textId="6EB3A3EB" w:rsidR="693D7929" w:rsidRDefault="693D7929" w:rsidP="1A19EA55">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TITRE DE L’ASSOCIATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FDB6964" w14:textId="77777777" w:rsidR="0003428E" w:rsidRPr="00EF6267" w:rsidRDefault="0003428E" w:rsidP="00CB620A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F67055B" w14:textId="4C8B5CF5" w:rsidR="00EF6267" w:rsidRPr="00EF6267" w:rsidRDefault="00874C7F" w:rsidP="00BC162D">
+    <w:p w14:paraId="4F67055B" w14:textId="2C95DD12" w:rsidR="00EF6267" w:rsidRPr="00EF6267" w:rsidRDefault="00874C7F" w:rsidP="00BC162D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTICLE PREMIER </w:t>
       </w:r>
       <w:r w:rsidR="003C3E32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>- NOM</w:t>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="410D530E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>TITRE</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Il est fondé entre les adhérents aux présents statuts une association régie par la loi du </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="1"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="1"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidR="007C0A82" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">juillet </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="1901"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="1901"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1901</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et le décret du </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="16"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="16"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> août </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="1901"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="1901"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1901</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, ayant pour titre : .................................... </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00BC162D" w:rsidRPr="003262ED">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00BC162D" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Accorder de l’attention au choix du nom ; penser éventuellement au nom d’usage (sigle, etc.)</w:t>
       </w:r>
-      <w:r w:rsidR="00C344CF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00C344CF" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ; </w:t>
       </w:r>
-      <w:r w:rsidR="006370A8">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="006370A8" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>effectuer</w:t>
       </w:r>
-      <w:r w:rsidR="00C344CF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00C344CF" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> éventuellement une recherche à l’INPI sur les noms protégés/déposés.</w:t>
       </w:r>
       <w:r w:rsidRPr="003262ED">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTICLE </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="2"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="2"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003C3E32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -710,184 +747,193 @@
       </w:r>
       <w:r w:rsidR="00BC162D" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">objet </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">........ </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00BC162D" w:rsidRPr="003262ED">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00BC162D" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="003262ED">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>révoir un objet assez large afin d'éviter une révision de statuts</w:t>
       </w:r>
-      <w:r w:rsidR="00BC162D" w:rsidRPr="003262ED">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00BC162D" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> et lister les activités envisagées pour atteindre l’objet. Préciser éventuellement à cet article (sinon à l’article « ressources »</w:t>
       </w:r>
-      <w:r w:rsidR="00110BB4" w:rsidRPr="003262ED">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00110BB4" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00BC162D" w:rsidRPr="003262ED">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00BC162D" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> l’exercice d’activités économiques. En effet, une association dont l’objet ou les moyens d’action impliquent des activités économiques doit le mentionner expressément dans ses statuts (Code de commerce Article L</w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="442"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="442"/>
         </w:smartTagPr>
-        <w:r w:rsidR="00BC162D" w:rsidRPr="003262ED">
+        <w:r w:rsidR="00BC162D" w:rsidRPr="1A19EA55">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:i/>
+            <w:iCs/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>442</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidR="00BC162D" w:rsidRPr="003262ED">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00BC162D" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="7"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="7"/>
         </w:smartTagPr>
-        <w:r w:rsidR="00BC162D" w:rsidRPr="003262ED">
+        <w:r w:rsidR="00BC162D" w:rsidRPr="1A19EA55">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:i/>
+            <w:iCs/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidR="00BC162D" w:rsidRPr="003262ED">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00BC162D" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidRPr="003262ED">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTICLE </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="3"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="3"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="003C3E32" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -914,118 +960,189 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GE SOCIAL </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>Le siège social est fixé à............</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4560C8" w14:textId="77777777" w:rsidR="00EF6267" w:rsidRPr="00EF6267" w:rsidRDefault="00EF6267" w:rsidP="00BC162D">
+    <w:p w14:paraId="3E4560C8" w14:textId="4944353D" w:rsidR="00EF6267" w:rsidRPr="00EF6267" w:rsidRDefault="00EF6267" w:rsidP="1A19EA55">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003262ED">
-[...12 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le siège social d'une association </w:t>
+      </w:r>
+      <w:r w:rsidR="73F99BAF" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>peut être</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fixé </w:t>
+      </w:r>
+      <w:r w:rsidR="00C344CF" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>au domicile d'un des fondateurs, dans une mairie (demander autorisation préalable)</w:t>
       </w:r>
-      <w:r w:rsidR="006311ED">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="006311ED" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, etc. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003262ED">
-[...25 lines deleted...]
-        <w:br/>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">L’indication d’une localité </w:t>
+      </w:r>
+      <w:r w:rsidR="00557D2D" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">+ département en cas d’homonymie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>suffi</w:t>
+      </w:r>
+      <w:r w:rsidR="0CA0FFF9" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mais </w:t>
+      </w:r>
+      <w:r w:rsidR="0A1569E7" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>doit être détaillée dans le Règlement Intérieur ou dans un PV de réunion de l’organe de décision de l’association</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00874C7F" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Il pourra être transféré par simple décision du conseil d'administration ; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="069EA1A4" w14:textId="77777777" w:rsidR="00EF6267" w:rsidRPr="00EF6267" w:rsidRDefault="004E54CE" w:rsidP="00EF6267">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Il peut être e</w:t>
@@ -1088,52 +1205,52 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="003262ED">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00EF6267" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Article </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="4"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="4"/>
         </w:smartTagPr>
         <w:r w:rsidR="00EF6267" w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="00EF6267" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003C3E32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -1143,147 +1260,151 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="003C3E32" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DUREE</w:t>
       </w:r>
       <w:r w:rsidR="00EF6267" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EABC0E9" w14:textId="77777777" w:rsidR="001978C4" w:rsidRDefault="00EF6267" w:rsidP="00110BB4">
+    <w:p w14:paraId="3BA10A53" w14:textId="416D0D11" w:rsidR="001978C4" w:rsidRDefault="00EF6267" w:rsidP="1A19EA55">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La durée de l’association est illimitée.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="003262ED">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Cette durée peut être fixée à une date précise ou faire référence à l’atteinte de l’objet défini à l’article </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="2"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="2"/>
         </w:smartTagPr>
-        <w:r w:rsidRPr="003262ED">
+        <w:r w:rsidRPr="1A19EA55">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:i/>
+            <w:iCs/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidRPr="003262ED">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="003262ED">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTICLE </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="5"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="5"/>
         </w:smartTagPr>
         <w:r w:rsidR="00545475">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="003C3E32" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -1296,162 +1417,190 @@
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>L'association se compose de :</w:t>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
-        <w:t>a) Membres d'honneur</w:t>
+        <w:t xml:space="preserve">a) </w:t>
+      </w:r>
+      <w:r w:rsidR="4740EFDB" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Membres actifs ou adhérents</w:t>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>b) Membres bienfaiteurs</w:t>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
-        <w:t>c) Membres actifs ou adhérents</w:t>
-[...12 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve">c) </w:t>
+      </w:r>
+      <w:r w:rsidR="27B6993A" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Membres d'honneur</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EABC0E9" w14:textId="77777777" w:rsidR="001978C4" w:rsidRDefault="00545475" w:rsidP="1A19EA55">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Préciser la nature ou qualité des membres pouvant adhérer (personnes physiques ; personnes morales</w:t>
       </w:r>
-      <w:r w:rsidR="00110BB4" w:rsidRPr="003262ED">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00110BB4" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, sections, etc.</w:t>
       </w:r>
-      <w:r w:rsidR="00545475" w:rsidRPr="003262ED">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">) et, dans le cas de personnes morales, indiquer les </w:t>
       </w:r>
-      <w:r w:rsidR="00110BB4" w:rsidRPr="003262ED">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00110BB4" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>modalités</w:t>
       </w:r>
-      <w:r w:rsidR="00545475" w:rsidRPr="003262ED">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> de représentation dans les organes dirigeants.</w:t>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="003262ED">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTICLE </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="6"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="6"/>
         </w:smartTagPr>
-        <w:r w:rsidR="00545475">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="003C3E32" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -1656,84 +1805,83 @@
     </w:p>
     <w:p w14:paraId="735E2DC8" w14:textId="77777777" w:rsidR="001978C4" w:rsidRPr="001978C4" w:rsidRDefault="001978C4" w:rsidP="00110BB4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001978C4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>La liberté d’association se décline en deux aspects : chacun a le droit d’adhérer ou non à une association ; une association est libre de choisir ses adhérents.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F0F5766" w14:textId="3BB08BF6" w:rsidR="003262ED" w:rsidRDefault="00874C7F" w:rsidP="00110BB4">
+    <w:p w14:paraId="7F0F5766" w14:textId="0DA714E6" w:rsidR="003262ED" w:rsidRDefault="00874C7F" w:rsidP="00110BB4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTICLE </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="7"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="7"/>
         </w:smartTagPr>
         <w:r w:rsidR="00545475">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="003C3E32" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -1746,75 +1894,84 @@
       </w:r>
       <w:r w:rsidR="003C3E32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>– COTISATIONS</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="003C3E32" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sont membres actifs ceux qui ont pris l'engagement de verser annuellement une </w:t>
       </w:r>
       <w:r w:rsidR="003C3E32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>somme</w:t>
       </w:r>
       <w:r w:rsidR="003C3E32" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de....</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E32AB7" w:rsidRPr="00EF6267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>de…</w:t>
       </w:r>
       <w:r w:rsidR="003C3E32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>€ à titre de cotisation.</w:t>
       </w:r>
       <w:r w:rsidR="003C3E32" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sont membres d'honneur ceux qui ont rendu des services signalés à </w:t>
       </w:r>
@@ -1861,84 +2018,88 @@
       </w:r>
       <w:r w:rsidR="00545475">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>€uros</w:t>
       </w:r>
       <w:r w:rsidR="00034DD3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> une cotisation annuelle </w:t>
       </w:r>
-      <w:r w:rsidR="00034DD3" w:rsidRPr="00034DD3">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00034DD3" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00034DD3">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>de........</w:t>
       </w:r>
-      <w:r w:rsidR="00034DD3" w:rsidRPr="00034DD3">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00034DD3" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>€)</w:t>
       </w:r>
-      <w:r w:rsidR="00BC23B1">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00BC23B1" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">fixée chaque année par l'assemblée générale. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -2067,76 +2228,77 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>des statuts</w:t>
       </w:r>
       <w:r w:rsidR="00760BAE" w:rsidRPr="003262ED">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="003262ED">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27CCBA77" w14:textId="2DCA86D6" w:rsidR="003262ED" w:rsidRDefault="00110BB4" w:rsidP="003262ED">
+    <w:p w14:paraId="27CCBA77" w14:textId="4E88553D" w:rsidR="003262ED" w:rsidRDefault="00110BB4" w:rsidP="1A19EA55">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTICLE </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="8"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="8"/>
         </w:smartTagPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. - </w:t>
       </w:r>
       <w:r w:rsidR="003C3E32" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -2185,74 +2347,96 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">b) Le </w:t>
       </w:r>
       <w:r w:rsidR="006370A8" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>décès ;</w:t>
       </w:r>
       <w:r w:rsidR="003262ED" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">c) La radiation prononcée par le conseil d'administration pour non-paiement de la cotisation ou pour motif grave, l'intéressé ayant été invité </w:t>
       </w:r>
-      <w:r w:rsidR="0003428E" w:rsidRPr="0003428E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="0003428E" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="003262ED" w:rsidRPr="0003428E">
-[...12 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="003262ED" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par </w:t>
+      </w:r>
+      <w:r w:rsidR="31B676E9" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>écrit</w:t>
+      </w:r>
+      <w:r w:rsidR="0003428E" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="003262ED" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> à </w:t>
       </w:r>
       <w:r w:rsidR="0003428E" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">fournir des explications </w:t>
       </w:r>
       <w:r w:rsidR="003262ED" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -2263,128 +2447,110 @@
       </w:r>
       <w:r w:rsidR="003262ED">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>et/ou par écrit</w:t>
       </w:r>
       <w:r w:rsidR="003262ED" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003262ED" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:r w:rsidR="003262ED" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Book"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Préciser les modalités de la radiation, les possibilités de défense et de recours du membre.</w:t>
+      </w:r>
       <w:r w:rsidR="003262ED" w:rsidRPr="00110BB4">
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003262ED" w:rsidRPr="1A19EA55">
+        <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Book"/>
           <w:i/>
-          <w:color w:val="0000FF"/>
-[...41 lines deleted...]
-        <w:t>dans le règlement intérieur.</w:t>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Les motifs graves peuvent être précisés ici ou dans le règlement intérieur.</w:t>
       </w:r>
       <w:r w:rsidR="003262ED" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTICLE </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="9"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="9"/>
         </w:smartTagPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. - </w:t>
       </w:r>
       <w:r w:rsidR="003C3E32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -2504,52 +2670,52 @@
     </w:p>
     <w:p w14:paraId="0EBE31B8" w14:textId="3A24B256" w:rsidR="00CB620A" w:rsidRPr="00110BB4" w:rsidRDefault="00874C7F" w:rsidP="00110BB4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTICLE </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="10"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="10"/>
         </w:smartTagPr>
         <w:r w:rsidR="00110BB4">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. - </w:t>
       </w:r>
       <w:r w:rsidR="003C3E32" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -2565,198 +2731,198 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>Les ressources de l'association comprennent :</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="1"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="1"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="00110BB4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>°</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Le montant des droits d'entrée et des </w:t>
       </w:r>
       <w:r w:rsidR="00C13937" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>cotisations ;</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="2"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="2"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="00110BB4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>°</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Les subventions de l'Etat, des départements et des communes</w:t>
       </w:r>
       <w:r w:rsidR="00C13937">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00CB620A" w:rsidRPr="00110BB4">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...5 lines deleted...]
-        <w:sym w:font="Wingdings" w:char="F046"/>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00CB620A" w:rsidRPr="00110BB4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> N</w:t>
       </w:r>
       <w:r w:rsidRPr="00110BB4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>e pas hésiter à prévoir d'autres ressources si nécessaire</w:t>
       </w:r>
       <w:r w:rsidR="00CB620A" w:rsidRPr="00110BB4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> et/ou de rédiger ainsi cet article :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31860A1B" w14:textId="430A9F2E" w:rsidR="00034DD3" w:rsidRDefault="00CB620A" w:rsidP="00034DD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="sch" w:val="1"/>
           <w:attr w:name="val" w:val="3"/>
-          <w:attr w:name="sch" w:val="1"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:i/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">° </w:t>
       </w:r>
       <w:r w:rsidR="00110BB4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
@@ -2790,52 +2956,52 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> par les lois et règlements en vigueur.</w:t>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00B624C1" w:rsidRPr="00110BB4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Si cela n’a pas été fait à l’article </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="sch" w:val="1"/>
           <w:attr w:name="val" w:val="2"/>
-          <w:attr w:name="sch" w:val="1"/>
         </w:smartTagPr>
         <w:r w:rsidR="00B624C1" w:rsidRPr="00110BB4">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:i/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="00110BB4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B624C1" w:rsidRPr="00110BB4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -2855,52 +3021,52 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">lesquelles </w:t>
       </w:r>
       <w:r w:rsidR="00110BB4" w:rsidRPr="00FE05F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00110BB4" w:rsidRPr="00FE05F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Code de commerce Article L</w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="sch" w:val="1"/>
           <w:attr w:name="val" w:val="442"/>
-          <w:attr w:name="sch" w:val="1"/>
         </w:smartTagPr>
         <w:r w:rsidR="00110BB4" w:rsidRPr="00FE05F4">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>442</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="00110BB4" w:rsidRPr="00FE05F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>-7</w:t>
       </w:r>
       <w:r w:rsidR="00FE05F4" w:rsidRPr="00FE05F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -2955,52 +3121,52 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTICLE </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="11"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="11"/>
         </w:smartTagPr>
         <w:r w:rsidR="00B624C1">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="003262ED">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -3077,261 +3243,273 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">ne prennent </w:t>
       </w:r>
       <w:r w:rsidR="007735CC" w:rsidRPr="00B624C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>pas part à l'assemblée générale.</w:t>
       </w:r>
       <w:r w:rsidR="007735CC" w:rsidRPr="00B624C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E3E725D" w14:textId="77777777" w:rsidR="00034DD3" w:rsidRDefault="00034DD3" w:rsidP="00034DD3">
+    <w:p w14:paraId="23D43B47" w14:textId="41B1CB90" w:rsidR="00034DD3" w:rsidRDefault="00034DD3" w:rsidP="1A19EA55">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Elle se réunit </w:t>
+      </w:r>
+      <w:r w:rsidR="72920DAA" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>une fois par an.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E3E725D" w14:textId="084AB6ED" w:rsidR="00034DD3" w:rsidRDefault="00034DD3" w:rsidP="00034DD3">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">Quinze jours au moins avant la date fixée, les membres de l'association sont convoqués par les soins du secrétaire. L'ordre du jour </w:t>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007735CC" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Quinze jours au moins avant la date fixée, les membres de l'association sont convoqués par les soins du secrétaire</w:t>
+      </w:r>
+      <w:r w:rsidR="1E666542" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par tout moyen à sa disposition</w:t>
+      </w:r>
+      <w:r w:rsidR="007735CC" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. L'ordre du jour </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>figure</w:t>
+      </w:r>
+      <w:r w:rsidR="007735CC" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur les convocations. </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...20 lines deleted...]
-        <w:br/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007735CC" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Le président, assisté des membres du </w:t>
       </w:r>
+      <w:r w:rsidR="031BE3AB" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>onseil</w:t>
+      </w:r>
+      <w:r w:rsidR="1280ACB0" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’Administration </w:t>
+      </w:r>
+      <w:r w:rsidR="1280ACB0" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0217F7"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(ou nom de l’organe directeur)</w:t>
+      </w:r>
+      <w:r w:rsidR="007735CC" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, préside l'assemblée et expose la situation morale </w:t>
+      </w:r>
+      <w:r w:rsidR="003262ED" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou l’activité </w:t>
+      </w:r>
+      <w:r w:rsidR="007735CC" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de l'association. </w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...86 lines deleted...]
-        <w:br/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007735CC" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le trésorier rend compte de sa gestion et soumet les comptes annuels (bilan, compte de résultat et </w:t>
+      </w:r>
+      <w:r w:rsidR="7362B224" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>prévisionnel</w:t>
+      </w:r>
+      <w:r w:rsidR="007735CC" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) à l'approbation de l'assemblée. </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L’assemblée générale </w:t>
       </w:r>
-      <w:r w:rsidRPr="00034DD3">
+      <w:r w:rsidRPr="1A19EA55">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Book"/>
-          <w:sz w:val="22"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> des cotisations annuelles et du droit d’entrée à verser par les différentes catégories de membres.</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fixe le montant des cotisations annuelles et du droit d’entrée à verser par les différentes catégories de membres.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CB661B5" w14:textId="77777777" w:rsidR="007735CC" w:rsidRDefault="003262ED" w:rsidP="00034DD3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ne </w:t>
       </w:r>
       <w:r w:rsidR="00034DD3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>peuvent</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> êtr</w:t>
       </w:r>
       <w:r w:rsidR="00034DD3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e abordés</w:t>
@@ -3488,71 +3666,98 @@
         </w:rPr>
         <w:t>Il est prudent de fixer des conditions de quorum et de majorité pour la validité des délibérations de l'assemblée générale ordinaire</w:t>
       </w:r>
       <w:r w:rsidRPr="00B624C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
         <w:t>Prévoir les règles de représentation des membres absents si nécessaire.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B624C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33D2BE35" w14:textId="77777777" w:rsidR="00E81A04" w:rsidRPr="00E81A04" w:rsidRDefault="00E81A04" w:rsidP="00E81A04">
+    <w:p w14:paraId="33D2BE35" w14:textId="39140951" w:rsidR="00E81A04" w:rsidRPr="00E81A04" w:rsidRDefault="00E81A04" w:rsidP="1A19EA55">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E81A04">
-[...5 lines deleted...]
-        <w:t>Toutes les délibérations sont prises à main levée, excepté l’élection des membres du conseil.</w:t>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Toutes les délibérations sont prises à main levée, excepté l’élection des membres du </w:t>
+      </w:r>
+      <w:r w:rsidR="4BFF7F24" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conseil d’Administration </w:t>
+      </w:r>
+      <w:r w:rsidR="4BFF7F24" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0217F7"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ou nom de l’organe directeur) </w:t>
+      </w:r>
+      <w:r w:rsidR="4BFF7F24" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>à scrutin secret.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D7D8A9" w14:textId="77777777" w:rsidR="00601762" w:rsidRPr="00B42EF0" w:rsidRDefault="00E81A04" w:rsidP="000E485B">
+    <w:p w14:paraId="36D7D8A9" w14:textId="0B981AD8" w:rsidR="00601762" w:rsidRPr="00B42EF0" w:rsidRDefault="00E81A04" w:rsidP="000E485B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Book"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E81A04">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Les décisions des assemblées </w:t>
       </w:r>
       <w:r w:rsidR="00034DD3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">générales </w:t>
@@ -3587,52 +3792,52 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTICLE </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="12"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="12"/>
         </w:smartTagPr>
         <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="003262ED">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -3663,131 +3868,202 @@
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00B42EF0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Si besoin est, ou sur la demande de la moitié plus un des membres inscrits, </w:t>
       </w:r>
       <w:r w:rsidR="00B42EF0" w:rsidRPr="00B42EF0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:r w:rsidR="00B42EF0" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ou par exemple à la demande d’un quart des membres</w:t>
+      </w:r>
       <w:r w:rsidR="00B42EF0" w:rsidRPr="00B42EF0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:i/>
-[...4 lines deleted...]
-        <w:t>ou par exemple à la demande d’un quart des membres</w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00874C7F" w:rsidRPr="00B42EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">le président peut convoquer une assemblée générale extraordinaire, suivant les </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mod</w:t>
+      </w:r>
+      <w:r w:rsidR="00874C7F" w:rsidRPr="00B42EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">alités prévues </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aux présents statuts</w:t>
+      </w:r>
+      <w:r w:rsidR="00601762" w:rsidRPr="00B42EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et uniquement</w:t>
+      </w:r>
+      <w:r w:rsidR="00601762" w:rsidRPr="00B42EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Book"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="23C2499D" w:rsidRPr="00B42EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Book"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00601762" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Book"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0217F7"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>pour modification des statuts</w:t>
+      </w:r>
+      <w:r w:rsidR="2B411D2A" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Book"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0217F7"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00601762" w:rsidRPr="00B42EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Book"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0F29D94F" w:rsidRPr="00B42EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Book"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pour </w:t>
+      </w:r>
+      <w:r w:rsidR="00601762" w:rsidRPr="00B42EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Book"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>la dissolution</w:t>
+      </w:r>
+      <w:r w:rsidR="457B27CC" w:rsidRPr="00B42EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Book"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, des </w:t>
+      </w:r>
+      <w:r w:rsidR="4EEA438F" w:rsidRPr="00B42EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Book"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>objets non prévus aux présents statuts,</w:t>
       </w:r>
       <w:r w:rsidR="00B42EF0" w:rsidRPr="00B42EF0">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...54 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Book"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pour modification des statuts ou la dissolution </w:t>
-[...7 lines deleted...]
-        <w:t>ou pour des actes portant sur des immeubles.</w:t>
+        <w:t xml:space="preserve"> pour des actes portant sur des immeubles.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="119FAA55" w14:textId="77777777" w:rsidR="00B42EF0" w:rsidRPr="000E485B" w:rsidRDefault="00B42EF0" w:rsidP="00B42EF0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Book"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E485B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Book"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Les modalités de convocation sont les mêmes que pour l’assemblée générale ordinaire.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="355637AD" w14:textId="77777777" w:rsidR="00E81A04" w:rsidRPr="00B42EF0" w:rsidRDefault="00601762" w:rsidP="00601762">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
@@ -3915,52 +4191,52 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="003262ED" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTICLE </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="sch" w:val="1"/>
           <w:attr w:name="val" w:val="13"/>
-          <w:attr w:name="sch" w:val="1"/>
         </w:smartTagPr>
         <w:r w:rsidR="003262ED" w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="003262ED">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="003262ED" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -3996,164 +4272,156 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="005A75BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Book"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>La loi de 1901 n’impose pas l’existence d’un conseil d’administration ou d’un bureau. Ce n’est qu’un usage, pratique et très répandu.</w:t>
       </w:r>
       <w:r w:rsidR="007735CC" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="481BA38F" w14:textId="77777777" w:rsidR="003262ED" w:rsidRPr="003262ED" w:rsidRDefault="007735CC" w:rsidP="0003428E">
+    <w:p w14:paraId="481BA38F" w14:textId="4BF2F7F8" w:rsidR="003262ED" w:rsidRPr="003262ED" w:rsidRDefault="007735CC" w:rsidP="1A19EA55">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF6267">
+      <w:r w:rsidRPr="1A19EA55">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L'association est dirigée par un conseil de </w:t>
       </w:r>
-      <w:r w:rsidR="003C3E32">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EF6267">
+      <w:r w:rsidR="4A2578A9" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n à N</w:t>
+      </w:r>
+      <w:r w:rsidR="003C3E32" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A19EA55">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">membres, élus pour </w:t>
       </w:r>
-      <w:r w:rsidRPr="00110BB4">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00EF6267">
+      <w:r w:rsidR="054D9B86" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A19EA55">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> années par l'assemblée générale. Les membres sont rééligibles. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF6267">
-[...13 lines deleted...]
-        <w:br/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Le conseil étant renouvelé chaque année par moitié, la première année, les membres sortants sont désignés par </w:t>
       </w:r>
-      <w:r w:rsidR="00172E35">
+      <w:r w:rsidR="00172E35" w:rsidRPr="1A19EA55">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">tirage au </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF6267">
+      <w:r w:rsidRPr="1A19EA55">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sort. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF6267">
-[...25 lines deleted...]
-        <w:t>érable.</w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003262ED" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Le renouvellement des membres du conseil par fraction est préférable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="675E8DC6" w14:textId="77777777" w:rsidR="003262ED" w:rsidRPr="0003428E" w:rsidRDefault="007735CC" w:rsidP="0003428E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Heavy"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>En cas de vacances, le conseil pourvoit provisoirement au remplacement de ses membres. Il est procédé à leur remplacement définitif par la plus prochaine assemblée générale. Les pouvoirs des membres ainsi élus prennent fin à l'expir</w:t>
       </w:r>
       <w:r>
@@ -4191,121 +4459,144 @@
         <w:t xml:space="preserve">(Distinguer clairement </w:t>
       </w:r>
       <w:r w:rsidR="0003428E" w:rsidRPr="0003428E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Heavy"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>les prérogatives de l’AG et du CA concernant par exemple les modalités de représentation de l’association en justice, etc.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3171C331" w14:textId="77777777" w:rsidR="0003428E" w:rsidRDefault="0003428E" w:rsidP="0003428E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7459F59B" w14:textId="03790709" w:rsidR="004E54CE" w:rsidRDefault="007735CC" w:rsidP="0003428E">
+    <w:p w14:paraId="3A302E19" w14:textId="74C8CD07" w:rsidR="007735CC" w:rsidRDefault="007735CC" w:rsidP="0003428E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Le conseil d'administration se réun</w:t>
       </w:r>
       <w:r w:rsidR="003262ED">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">t au moins </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:t xml:space="preserve">t </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">au moins </w:t>
+      </w:r>
+      <w:r w:rsidR="003262ED" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">une fois </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF6267">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">tous les six mois, sur convocation du président, ou </w:t>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tous les six mois</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sur convocation du président, ou </w:t>
       </w:r>
       <w:r w:rsidR="003262ED">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>à</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> la demande du quart de ses membres. </w:t>
       </w:r>
-      <w:r w:rsidR="003262ED" w:rsidRPr="003262ED">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="003262ED" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Les réunions du conseil peuvent être plus fréquentes.</w:t>
       </w:r>
       <w:r w:rsidRPr="003262ED">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Les décisions sont prises à la majorité des </w:t>
       </w:r>
       <w:r w:rsidR="006370A8" w:rsidRPr="00EF6267">
         <w:rPr>
@@ -4332,383 +4623,305 @@
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">n cas de partage, la voix du président est prépondérante. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Tout membre du </w:t>
-[...77 lines deleted...]
-        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0003428E" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Le conseil d’administration peut déléguer tel ou tel de ses pouvoirs, pour une durée déterminée, à un ou plusieurs de ses membres (signature d’un bail des chèques, etc.).</w:t>
       </w:r>
       <w:r w:rsidRPr="0003428E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00C22C76" w:rsidRPr="004E54CE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Depuis </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="sch" w:val="1"/>
           <w:attr w:name="val" w:val="2011"/>
-          <w:attr w:name="sch" w:val="1"/>
         </w:smartTagPr>
         <w:r w:rsidR="00C22C76" w:rsidRPr="004E54CE">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>2011</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="00C22C76" w:rsidRPr="004E54CE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, des précisions ont été apportées</w:t>
       </w:r>
       <w:r w:rsidR="00FF0C86" w:rsidRPr="004E54CE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C22C76" w:rsidRPr="004E54CE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FF0C86" w:rsidRPr="004E54CE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">par un nouvel article </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="sch" w:val="1"/>
           <w:attr w:name="val" w:val="2"/>
-          <w:attr w:name="sch" w:val="1"/>
         </w:smartTagPr>
         <w:r w:rsidR="00FF0C86" w:rsidRPr="004E54CE">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="00FF0C86" w:rsidRPr="004E54CE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> bis, à la loi du </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="sch" w:val="1"/>
           <w:attr w:name="val" w:val="1"/>
-          <w:attr w:name="sch" w:val="1"/>
         </w:smartTagPr>
         <w:r w:rsidR="00FF0C86" w:rsidRPr="004E54CE">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="00FF0C86" w:rsidRPr="004E54CE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidR="00FF0C86" w:rsidRPr="004E54CE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> juillet </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="sch" w:val="1"/>
           <w:attr w:name="val" w:val="1901"/>
-          <w:attr w:name="sch" w:val="1"/>
         </w:smartTagPr>
         <w:r w:rsidR="00FF0C86" w:rsidRPr="004E54CE">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1901</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="00FF0C86" w:rsidRPr="004E54CE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C22C76" w:rsidRPr="004E54CE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pour faciliter la création et la gestion d’une association par des </w:t>
       </w:r>
+      <w:r w:rsidR="00C22C76" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mineurs</w:t>
+      </w:r>
       <w:r w:rsidR="00C22C76" w:rsidRPr="004E54CE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:b/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="004E54CE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:tgtFrame="_blank" w:tooltip="nouvelle fenêtre vers un fichier pdf" w:history="1">
-        <w:r w:rsidR="00C22C76" w:rsidRPr="004E54CE">
+        <w:r w:rsidR="00C22C76" w:rsidRPr="1A19EA55">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:i/>
+            <w:iCs/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Télécharger la plaquette du ministère chargé de la vie associative</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004E54CE" w:rsidRPr="004E54CE">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="004E54CE" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C22C76">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00EF6267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="003262ED" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTICLE </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="sch" w:val="1"/>
           <w:attr w:name="val" w:val="14"/>
-          <w:attr w:name="sch" w:val="1"/>
         </w:smartTagPr>
         <w:r w:rsidR="003262ED" w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="003262ED">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="003262ED" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -4736,51 +4949,51 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003C3E32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">LE BUREAU </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65655969" w14:textId="77777777" w:rsidR="00262363" w:rsidRPr="00262363" w:rsidRDefault="0003428E" w:rsidP="00262363">
+    <w:p w14:paraId="65655969" w14:textId="30011AB0" w:rsidR="00262363" w:rsidRPr="00262363" w:rsidRDefault="0003428E" w:rsidP="00262363">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Book"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Le conseil d'administration </w:t>
       </w:r>
       <w:r w:rsidR="00262363">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -4821,52 +5034,52 @@
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> ?)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, un bureau composé de :</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="1"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="1"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) Un</w:t>
       </w:r>
       <w:r w:rsidR="00B86BDC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-e-</w:t>
@@ -4883,52 +5096,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">-e- </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="2"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="2"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) Un</w:t>
       </w:r>
       <w:r w:rsidR="00B86BDC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-e-</w:t>
@@ -4943,277 +5156,429 @@
       </w:r>
       <w:r w:rsidR="00B86BDC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-e-</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00B86BDC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF6267">
-[...5 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidR="00196142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>si besoin</w:t>
+      </w:r>
+      <w:r w:rsidR="00712739">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> ;</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="3"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="3"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>) Un</w:t>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF6267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Un</w:t>
       </w:r>
       <w:r w:rsidR="00B86BDC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00262363">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B86BDC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> secrétaire et, s'il y a lieu, un</w:t>
+        <w:t xml:space="preserve"> secrétaire et, s'il y a lieu, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF6267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>un</w:t>
       </w:r>
       <w:r w:rsidR="00B86BDC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>-e-</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> secrétaire adjoint</w:t>
+        <w:t>-e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B86BDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> secrétaire </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF6267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>adjoint</w:t>
       </w:r>
       <w:r w:rsidR="009A64F8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>-e-</w:t>
+        <w:t>-e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A64F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00B86BDC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00712739">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">si besoin </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="4"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="4"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>) Un</w:t>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF6267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Un</w:t>
       </w:r>
       <w:r w:rsidR="00544D6C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>-e-</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> trésorier</w:t>
+        <w:t>-e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00544D6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF6267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>trésorier</w:t>
       </w:r>
       <w:r w:rsidR="00B86BDC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00262363">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B86BDC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, et, si besoin est, un</w:t>
+        <w:t xml:space="preserve">, et, si besoin est, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF6267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>un</w:t>
       </w:r>
       <w:r w:rsidR="00B86BDC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>-e-</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>-e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B86BDC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>-e-</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> adjoint</w:t>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF6267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>trésorier</w:t>
+      </w:r>
+      <w:r w:rsidR="00B86BDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B86BDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF6267">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>adjoint</w:t>
       </w:r>
       <w:r w:rsidR="009A64F8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>-e-</w:t>
+        <w:t>-e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A64F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00712739">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> si besoin</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="0003428E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -5302,52 +5667,52 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A39A8DE" w14:textId="77777777" w:rsidR="003262ED" w:rsidRDefault="00874C7F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTICLE </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="15"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="15"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="003262ED">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -5521,85 +5886,75 @@
         </w:rPr>
         <w:t>qualité</w:t>
       </w:r>
       <w:r w:rsidRPr="00262363">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Avenir-Book"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> des bénéficiaires, etc.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4618E31F" w14:textId="77777777" w:rsidR="003262ED" w:rsidRDefault="003262ED">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43CDE35E" w14:textId="77777777" w:rsidR="00145AF2" w:rsidRDefault="003262ED" w:rsidP="00B624C1">
+    <w:p w14:paraId="43CDE35E" w14:textId="5F3FF719" w:rsidR="00145AF2" w:rsidRDefault="003262ED" w:rsidP="00B624C1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir-Book" w:hAnsi="Avenir-Book" w:cs="Avenir-Book"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTICLE </w:t>
       </w:r>
-      <w:r w:rsidR="00870147" w:rsidRPr="00EF6267">
-[...8 lines deleted...]
-      </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="16"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="16"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00EF6267">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -5692,51 +6047,51 @@
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ARTICLE - 1</w:t>
+        <w:t>ARTICLE 1</w:t>
       </w:r>
       <w:r w:rsidR="00870147">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="003C3E32" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
@@ -5751,52 +6106,52 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">En cas de dissolution prononcée </w:t>
       </w:r>
       <w:r w:rsidR="00262363">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">selon les modalités prévues à l’article </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="12"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="12"/>
         </w:smartTagPr>
         <w:r w:rsidR="00262363">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, un ou plusieurs liquidateurs sont nommés, et l'actif</w:t>
       </w:r>
       <w:r w:rsidR="00397968">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> net</w:t>
@@ -6025,591 +6380,908 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00874C7F" w:rsidRPr="00EF6267">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FDE90A0" w14:textId="77777777" w:rsidR="000E485B" w:rsidRPr="000E485B" w:rsidRDefault="00B624C1" w:rsidP="00B624C1">
+    <w:p w14:paraId="5F1222E5" w14:textId="01764BEF" w:rsidR="00FC5CC9" w:rsidRPr="00FC5CC9" w:rsidRDefault="00FC5CC9" w:rsidP="00FC5CC9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>– CONTRAT D’ENGAGEMENT REPUBLICAIN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55D19238" w14:textId="77777777" w:rsidR="00FC5CC9" w:rsidRDefault="00FC5CC9" w:rsidP="00FC5CC9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63E33ED1" w14:textId="77777777" w:rsidR="00FC5CC9" w:rsidRDefault="00FC5CC9" w:rsidP="00FC5CC9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L’OFFICE DES SPORTS SAINT-NAZAIRE, en la personne de son président, a souscrit au « Contrat d’Engagement Républicain », annexé aux présents statuts.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FEDB4EA" w14:textId="77777777" w:rsidR="00FC5CC9" w:rsidRDefault="00FC5CC9" w:rsidP="00FC5CC9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32EAB652" w14:textId="56E336A3" w:rsidR="00FC5CC9" w:rsidRPr="00FC5CC9" w:rsidRDefault="00FC5CC9" w:rsidP="00FC5CC9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Article 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– CONTRAT </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OU CONVENTION FINANCIERE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="707C332B" w14:textId="77777777" w:rsidR="00FC5CC9" w:rsidRDefault="00FC5CC9" w:rsidP="00FC5CC9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67C3FD04" w14:textId="77777777" w:rsidR="00FC5CC9" w:rsidRDefault="00FC5CC9" w:rsidP="00FC5CC9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tout contrat ou convention passé entre l’OFFICE DES SPORTS SAINT-NAZAIRE, d'une part, et un administrateur, son conjoint ou un proche, d'autre part, est soumis pour autorisation au C.A. et présenté pour information à la plus proche assemblée générale.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64CE8128" w14:textId="77777777" w:rsidR="00FC5CC9" w:rsidRDefault="00FC5CC9" w:rsidP="00FC5CC9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65B3E14E" w14:textId="44298F63" w:rsidR="00FC5CC9" w:rsidRPr="00FC5CC9" w:rsidRDefault="00FC5CC9" w:rsidP="00FC5CC9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>RGPD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1846E4F8" w14:textId="77777777" w:rsidR="00FC5CC9" w:rsidRDefault="00FC5CC9" w:rsidP="00FC5CC9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72CAC4D3" w14:textId="096EB3F8" w:rsidR="00FC5CC9" w:rsidRDefault="00FC5CC9" w:rsidP="00FC5CC9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Le RGPD (Règlement Général sur la Protection des Données) est appliqué par l’OFFICE DES SPORTS SAINT-NAZAIRE qui nomme, au sein de son C.A., un délégué à la protection des données.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1205A7E1" w14:textId="77777777" w:rsidR="00FC5CC9" w:rsidRDefault="00FC5CC9" w:rsidP="00FC5CC9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FDE90A0" w14:textId="13CF3427" w:rsidR="000E485B" w:rsidRPr="00FC5CC9" w:rsidRDefault="00B624C1" w:rsidP="00B624C1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E485B">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article</w:t>
       </w:r>
-      <w:r w:rsidR="000E485B" w:rsidRPr="000E485B">
-[...23 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="000E485B" w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003C3E32" w:rsidRPr="000E485B">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00FC5CC9" w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="000E485B" w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C3E32" w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>LIBERALITES </w:t>
       </w:r>
-      <w:r w:rsidR="000E485B" w:rsidRPr="000E485B">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="000E485B" w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="685F076A" w14:textId="4CDBD4C3" w:rsidR="003C3E32" w:rsidRPr="00B624C1" w:rsidRDefault="003C3E32" w:rsidP="003C3E32">
+    <w:p w14:paraId="685F076A" w14:textId="4CDBD4C3" w:rsidR="003C3E32" w:rsidRPr="00B624C1" w:rsidRDefault="003C3E32" w:rsidP="1A19EA55">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E485B">
-[...3 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Article à </w:t>
       </w:r>
-      <w:r w:rsidR="006370A8" w:rsidRPr="000E485B">
-[...93 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidR="006370A8" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>insérer pour</w:t>
+      </w:r>
+      <w:r w:rsidR="006311ED" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouvoir accepter des legs -testaments- et des donations -entre vifs-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (article </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="6"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="6"/>
         </w:smartTagPr>
-        <w:r w:rsidRPr="000E485B">
+        <w:r w:rsidRPr="1A19EA55">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:i/>
-            <w:color w:val="0000FF"/>
+            <w:iCs/>
+            <w:color w:val="FF0000"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidRPr="000E485B">
-[...3 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la loi du </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="1"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="1"/>
         </w:smartTagPr>
-        <w:r w:rsidRPr="000E485B">
+        <w:r w:rsidRPr="1A19EA55">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:i/>
-            <w:color w:val="0000FF"/>
+            <w:iCs/>
+            <w:color w:val="FF0000"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidRPr="004E54CE">
-[...3 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidR="006311ED">
-[...3 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidR="006311ED" w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E485B">
-[...3 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">juillet </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="1901"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="1901"/>
         </w:smartTagPr>
-        <w:r w:rsidRPr="000E485B">
+        <w:r w:rsidRPr="1A19EA55">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:i/>
-            <w:color w:val="0000FF"/>
+            <w:iCs/>
+            <w:color w:val="FF0000"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1901</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidRPr="000E485B">
-[...17 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="1A19EA55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20AC5DAD" w14:textId="77777777" w:rsidR="000E485B" w:rsidRDefault="000E485B" w:rsidP="00B624C1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F928C78" w14:textId="77777777" w:rsidR="00B624C1" w:rsidRPr="00B624C1" w:rsidRDefault="00B624C1" w:rsidP="000E485B">
+    <w:p w14:paraId="0F928C78" w14:textId="77777777" w:rsidR="00B624C1" w:rsidRPr="00FC5CC9" w:rsidRDefault="00B624C1" w:rsidP="000E485B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B624C1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Le rapport et les comptes</w:t>
       </w:r>
-      <w:r w:rsidR="000E485B">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidR="000E485B" w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> annuels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, tels que définis à l’article </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:cs:smarttags" w:element="NumConv6p0">
         <w:smartTagPr>
+          <w:attr w:name="val" w:val="11"/>
           <w:attr w:name="sch" w:val="1"/>
-          <w:attr w:name="val" w:val="11"/>
         </w:smartTagPr>
-        <w:r w:rsidR="000E485B">
+        <w:r w:rsidR="000E485B" w:rsidRPr="00FC5CC9">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:color w:val="EE0000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
       </w:smartTag>
-      <w:r w:rsidRPr="00B624C1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000E485B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidR="000E485B" w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B624C1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>y compris ceux des comités locaux</w:t>
       </w:r>
-      <w:r w:rsidR="000E485B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidR="000E485B" w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B624C1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> sont adressés chaque année au Préfet du département.</w:t>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sont adressés chaque année au </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Préfet</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du département.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04238A2D" w14:textId="77777777" w:rsidR="00B624C1" w:rsidRPr="00B624C1" w:rsidRDefault="00B624C1" w:rsidP="00B624C1">
+    <w:p w14:paraId="04238A2D" w14:textId="77777777" w:rsidR="00B624C1" w:rsidRPr="00FC5CC9" w:rsidRDefault="00B624C1" w:rsidP="00B624C1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B624C1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L’association s’engage à présenter ses registres et pièces de comptabilité sur toute réquisition </w:t>
       </w:r>
-      <w:r w:rsidR="000E485B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidR="000E485B" w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>des autorités administratives</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B624C1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> en ce qui concerne l’emploi des libéralités qu’elle serait autorisée à recevoir, à laisser</w:t>
       </w:r>
-      <w:r w:rsidR="000E485B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidR="000E485B" w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B624C1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">visiter ses établissements par les </w:t>
       </w:r>
-      <w:r w:rsidR="000E485B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidR="000E485B" w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>représentants de ces autorités</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B624C1">
-[...21 lines deleted...]
-        <w:t>desdits établissements.</w:t>
+      <w:r w:rsidRPr="00FC5CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> compétents et à leur rendre compte du fonctionnement desdits établissements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="627884C3" w14:textId="77777777" w:rsidR="00C648ED" w:rsidRDefault="00C648ED" w:rsidP="00B624C1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="448A1152" w14:textId="77777777" w:rsidR="00870147" w:rsidRDefault="00870147" w:rsidP="00B624C1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FC74084" w14:textId="77777777" w:rsidR="00C648ED" w:rsidRPr="00C648ED" w:rsidRDefault="00C648ED" w:rsidP="001E745D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C648ED">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>« Fait à….., le…. </w:t>
+        <w:t xml:space="preserve">« Fait </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C648ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>à….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C648ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>., le…. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00D34364">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>..</w:t>
       </w:r>
       <w:r w:rsidR="000C2C82">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6670,81 +7342,81 @@
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00C648ED">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>a formalité de déclaration de l’association.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FD5C9DD" w14:textId="77777777" w:rsidR="00C648ED" w:rsidRPr="00EF6267" w:rsidRDefault="00C648ED" w:rsidP="00B624C1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00C648ED" w:rsidRPr="00EF6267" w:rsidSect="00C6263D">
+    <w:sectPr w:rsidR="00C648ED" w:rsidRPr="00EF6267" w:rsidSect="00FC5CC9">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="284" w:footer="284" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="851" w:bottom="851" w:left="1134" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="07C0D620" w14:textId="77777777" w:rsidR="009B1D1B" w:rsidRDefault="009B1D1B">
+    <w:p w14:paraId="2F788E1B" w14:textId="77777777" w:rsidR="00A47AAB" w:rsidRDefault="00A47AAB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2949CD7F" w14:textId="77777777" w:rsidR="009B1D1B" w:rsidRDefault="009B1D1B">
+    <w:p w14:paraId="27C203A3" w14:textId="77777777" w:rsidR="00A47AAB" w:rsidRDefault="00A47AAB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Avenir-Book">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -6757,283 +7429,347 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Avenir-Heavy">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D08B607" w14:textId="77777777" w:rsidR="009B1D1B" w:rsidRDefault="009B1D1B">
+    <w:p w14:paraId="568E013E" w14:textId="77777777" w:rsidR="00A47AAB" w:rsidRDefault="00A47AAB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2119D0F4" w14:textId="77777777" w:rsidR="009B1D1B" w:rsidRDefault="009B1D1B">
+    <w:p w14:paraId="48B387B2" w14:textId="77777777" w:rsidR="00A47AAB" w:rsidRDefault="00A47AAB">
       <w:r>
         <w:continuationSeparator/>
-      </w:r>
-[...36 lines deleted...]
-        <w:t>cet exemple de statuts n’est proposé qu’à titre purement indicatif.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00874C7F"/>
     <w:rsid w:val="00032906"/>
     <w:rsid w:val="0003428E"/>
     <w:rsid w:val="00034DD3"/>
     <w:rsid w:val="00054395"/>
+    <w:rsid w:val="000B168D"/>
     <w:rsid w:val="000C2C82"/>
     <w:rsid w:val="000E485B"/>
     <w:rsid w:val="000F52A2"/>
     <w:rsid w:val="00110BB4"/>
     <w:rsid w:val="00145AF2"/>
     <w:rsid w:val="00172E35"/>
     <w:rsid w:val="00180407"/>
+    <w:rsid w:val="00196142"/>
     <w:rsid w:val="001978C4"/>
     <w:rsid w:val="001A0407"/>
     <w:rsid w:val="001D3CF6"/>
     <w:rsid w:val="001E2D92"/>
     <w:rsid w:val="001E745D"/>
     <w:rsid w:val="00262363"/>
     <w:rsid w:val="00263A11"/>
     <w:rsid w:val="002A0B3C"/>
     <w:rsid w:val="003262ED"/>
     <w:rsid w:val="00331AE6"/>
     <w:rsid w:val="003500C8"/>
     <w:rsid w:val="00382AAA"/>
     <w:rsid w:val="00397968"/>
     <w:rsid w:val="003C3E32"/>
     <w:rsid w:val="0041670A"/>
     <w:rsid w:val="004B58DA"/>
+    <w:rsid w:val="004E1ACC"/>
     <w:rsid w:val="004E54CE"/>
     <w:rsid w:val="005259AD"/>
+    <w:rsid w:val="0052688D"/>
     <w:rsid w:val="00544D6C"/>
     <w:rsid w:val="00545475"/>
+    <w:rsid w:val="00557D2D"/>
     <w:rsid w:val="00592513"/>
     <w:rsid w:val="00596C1B"/>
     <w:rsid w:val="005A75BB"/>
     <w:rsid w:val="005C53BD"/>
     <w:rsid w:val="005D5190"/>
     <w:rsid w:val="00601762"/>
     <w:rsid w:val="00605D47"/>
+    <w:rsid w:val="00620344"/>
     <w:rsid w:val="006275EB"/>
     <w:rsid w:val="006311ED"/>
     <w:rsid w:val="006370A8"/>
     <w:rsid w:val="0066487A"/>
     <w:rsid w:val="0070582A"/>
+    <w:rsid w:val="00712739"/>
     <w:rsid w:val="00760BAE"/>
     <w:rsid w:val="007735CC"/>
     <w:rsid w:val="007C0A82"/>
     <w:rsid w:val="00870147"/>
     <w:rsid w:val="00874C7F"/>
     <w:rsid w:val="008E635E"/>
     <w:rsid w:val="0091222D"/>
     <w:rsid w:val="009A4D09"/>
     <w:rsid w:val="009A64F8"/>
     <w:rsid w:val="009B1D1B"/>
+    <w:rsid w:val="00A33374"/>
     <w:rsid w:val="00A40F4B"/>
+    <w:rsid w:val="00A47AAB"/>
     <w:rsid w:val="00AB2D7A"/>
     <w:rsid w:val="00AE04B5"/>
     <w:rsid w:val="00AE2863"/>
     <w:rsid w:val="00B23367"/>
     <w:rsid w:val="00B2607D"/>
     <w:rsid w:val="00B42EF0"/>
     <w:rsid w:val="00B624C1"/>
     <w:rsid w:val="00B86BDC"/>
     <w:rsid w:val="00BA45B1"/>
     <w:rsid w:val="00BA475F"/>
     <w:rsid w:val="00BC162D"/>
     <w:rsid w:val="00BC23B1"/>
     <w:rsid w:val="00BC5491"/>
     <w:rsid w:val="00BF3613"/>
     <w:rsid w:val="00C13937"/>
     <w:rsid w:val="00C22C76"/>
     <w:rsid w:val="00C344CF"/>
     <w:rsid w:val="00C6263D"/>
     <w:rsid w:val="00C648ED"/>
     <w:rsid w:val="00C7644E"/>
     <w:rsid w:val="00CB620A"/>
     <w:rsid w:val="00CE1BDD"/>
     <w:rsid w:val="00D34364"/>
     <w:rsid w:val="00D970B8"/>
     <w:rsid w:val="00DF3FE2"/>
+    <w:rsid w:val="00E32AB7"/>
     <w:rsid w:val="00E45774"/>
     <w:rsid w:val="00E81A04"/>
     <w:rsid w:val="00E85042"/>
     <w:rsid w:val="00EF6267"/>
     <w:rsid w:val="00F36B54"/>
     <w:rsid w:val="00F42B36"/>
     <w:rsid w:val="00F4539E"/>
     <w:rsid w:val="00F81E25"/>
+    <w:rsid w:val="00FC5CC9"/>
+    <w:rsid w:val="00FD2DCA"/>
     <w:rsid w:val="00FE05F4"/>
     <w:rsid w:val="00FF0C86"/>
+    <w:rsid w:val="031BE3AB"/>
+    <w:rsid w:val="054D9B86"/>
+    <w:rsid w:val="081A1FC2"/>
+    <w:rsid w:val="0A1569E7"/>
+    <w:rsid w:val="0CA0FFF9"/>
+    <w:rsid w:val="0D5A4879"/>
+    <w:rsid w:val="0F29D94F"/>
+    <w:rsid w:val="1187CFB3"/>
+    <w:rsid w:val="11CD1B28"/>
+    <w:rsid w:val="1201FE99"/>
+    <w:rsid w:val="1280ACB0"/>
+    <w:rsid w:val="13BC59B2"/>
+    <w:rsid w:val="1A19EA55"/>
+    <w:rsid w:val="1E280331"/>
+    <w:rsid w:val="1E666542"/>
+    <w:rsid w:val="23C2499D"/>
+    <w:rsid w:val="27B6993A"/>
+    <w:rsid w:val="280AAE30"/>
+    <w:rsid w:val="2B411D2A"/>
+    <w:rsid w:val="2C6876E9"/>
+    <w:rsid w:val="2E9CFB18"/>
+    <w:rsid w:val="3103B6F0"/>
+    <w:rsid w:val="31B676E9"/>
+    <w:rsid w:val="32B57977"/>
+    <w:rsid w:val="3A7831AE"/>
+    <w:rsid w:val="3EEAFFBE"/>
+    <w:rsid w:val="410D530E"/>
+    <w:rsid w:val="457B27CC"/>
+    <w:rsid w:val="4740EFDB"/>
+    <w:rsid w:val="47473E9C"/>
+    <w:rsid w:val="477FA3E0"/>
+    <w:rsid w:val="4A2578A9"/>
+    <w:rsid w:val="4BECAF30"/>
+    <w:rsid w:val="4BFF7F24"/>
+    <w:rsid w:val="4EEA438F"/>
+    <w:rsid w:val="5D2A33EA"/>
+    <w:rsid w:val="63C07EC8"/>
+    <w:rsid w:val="6550D1BC"/>
+    <w:rsid w:val="693D7929"/>
+    <w:rsid w:val="72500717"/>
+    <w:rsid w:val="72920DAA"/>
+    <w:rsid w:val="7362B224"/>
+    <w:rsid w:val="73F99BAF"/>
+    <w:rsid w:val="7AE44D1F"/>
+    <w:rsid w:val="7D6C6E99"/>
+    <w:rsid w:val="7DAE20A0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:cs:smarttags" w:name="NumConv6p0"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4A64EF0B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{35BF7B0A-08A1-41BC-A86B-46E77D2836CA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -7219,58 +7955,58 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0041670A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Notedebasdepage">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00874C7F"/>
   </w:style>
   <w:style w:type="character" w:styleId="Appelnotedebasdep">
     <w:name w:val="footnote reference"/>
     <w:semiHidden/>
@@ -7278,55 +8014,77 @@
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textedebulles">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextedebullesCar"/>
     <w:rsid w:val="006311ED"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
     <w:name w:val="Texte de bulles Car"/>
     <w:link w:val="Textedebulles"/>
     <w:rsid w:val="006311ED"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00FC5CC9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:rsid w:val="00FC5CC9"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:rsid w:val="00FC5CC9"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="17857487">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1039741108">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -7390,51 +8148,50 @@
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1626541270">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.associations.gouv.fr/IMG/pdf/etre_jeune.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
@@ -7698,91 +8455,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1900</Words>
-  <Characters>10450</Characters>
+  <Words>2035</Words>
+  <Characters>11155</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>87</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>232</Lines>
+  <Paragraphs>60</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Ministère de la Santé</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12326</CharactersWithSpaces>
+  <CharactersWithSpaces>13130</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MODELE DE STATUTS</dc:title>
   <dc:subject/>
   <dc:creator>GOIZINF</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>