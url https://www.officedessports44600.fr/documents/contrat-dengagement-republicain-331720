--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -1,2363 +1,1670 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
-
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xml:space="preserve">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p>
+    <w:p w14:paraId="6A5E2E98" w14:textId="10273482" w:rsidR="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
       <w:pPr>
-        <w:pStyle w:val="Title"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:u w:val="none"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...42 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+      <w:r w:rsidRPr="003A25A8">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CONTRAT D’ENGAGEMENT RÉPUBLICAIN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D037932" w14:textId="77777777" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...2 lines deleted...]
-        <w:spacing w:before="5"/>
+    <w:p w14:paraId="6D856AFC" w14:textId="28095E60" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>L’importance des associations et des fondations dans la vie de la Nation et leur contribution à l’intérêt général justifient que les autorités administratives décident de leur apporter un soutien financier ou matériel. Il en va de même pour les fédérations sportives et les ligues professionnelles. L’administration, qui doit elle-même rendre des comptes aux citoyens, justifier du bon usage des deniers publics et de la reconnaissance qu’elle peut attribuer, est fondée à s’assurer que les organismes bénéficiaires de subventions publiques ou d’un agrément respectent le pacte républicain.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="147E1751" w14:textId="241CA475" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>À cette fin la loi no 2021-1109 du 24 août 2021 confortant le respect des principes de la République a institué le contrat d’engagement républicain.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A4798D6" w14:textId="5263209A" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>Conformément aux dispositions des articles 10-1 et 25-1 de la loi no 2000-321 du 12 avril 2000 relative aux droits des citoyens dans leurs relations avec les administrations, le présent contrat a pour objet de préciser les engagements que prend toute association ou fondation qui sollicite une subvention publique ou un agrément de l’État. Ainsi, l’association ou la fondation « s’engage (…) à respecter les principes de liberté, d’égalité, de fraternité et de dignité de la personne humaine ainsi que les symboles de la République (…) », « à ne pas remettre en cause le caractère laïque de la République » et « à s’abstenir de toute action portant atteinte à l’ordre public ».  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC9C324" w14:textId="53C40739" w:rsidR="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>Ces engagements sont souscrits dans le respect des libertés constitutionnellement reconnues, notamment la liberté d’association et la liberté d’expression dont découlent la liberté de se réunir, de manifester et de création. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56F032BA" w14:textId="77777777" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8"/>
+    <w:p w14:paraId="5F513414" w14:textId="24B1CAF6" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="17"/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...291 lines deleted...]
-        <w:spacing w:before="5"/>
+        <w:t>ENGAGEMENT N° 1 : RESPECT DES LOIS DE LA RÉPUBLIQUE </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A25A8">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4947BC6E" w14:textId="77777777" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>Le respect des lois de la République s’impose aux associations et aux fondations, qui ne doivent entreprendre ni inciter à aucune action manifestement contraire à la loi, violente ou susceptible d’entraîner des troubles graves à l’ordre public. L’association ou la fondation bénéficiaire s’engage à ne pas se prévaloir de convictions politiques, philosophiques ou religieuses pour s’affranchir des règles communes régissant ses relations avec les collectivités publiques. Elle s’engage notamment à ne pas remettre en cause le caractère laïque de la République.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6014A7A5" w14:textId="77777777" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53E3334D" w14:textId="57D6F0F8" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="17"/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...865 lines deleted...]
-        <w:spacing w:before="5"/>
+        <w:t>ENGAGEMENT N° 2 : LIBERTÉ DE CONSCIENCE </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E33FC6B" w14:textId="77777777" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>L’association ou la fondation s’engage à respecter et protéger la liberté de conscience de ses membres et des tiers, notamment des bénéficiaires de ses services, et s’abstient de tout acte de prosélytisme abusif exercé notamment sous la contrainte, la menace ou la pression. Cet engagement ne fait pas obstacle à ce que les associations ou fondations dont l’objet est fondé sur des convictions, notamment religieuses, requièrent de leurs membres une adhésion loyale à l’égard des valeurs ou des croyances de l’organisation.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B6780D8" w14:textId="77777777" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D20F150" w14:textId="6BE74D68" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="17"/>
+          <w:bCs/>
         </w:rPr>
+        <w:t>ENGAGEMENT N° 3 : LIBERTÉ DES MEMBRES DE L’ASSOCIATION </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37CA5ADB" w14:textId="75A13BF2" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>L’association s’engage à respecter la liberté de ses membres de s’en retirer dans les conditions prévues à l’article 4 de la loi du 1er juillet 1901 et leur droit de ne pas en être arbitrairement exclu.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="690C5D65" w14:textId="382BD941" w:rsidR="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="053A6916" w14:textId="77777777" w:rsidR="003A25A8" w:rsidRDefault="003A25A8">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45CF2E31" w14:textId="77777777" w:rsidR="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8"/>
+    <w:p w14:paraId="5EF0BADF" w14:textId="77777777" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8"/>
+    <w:p w14:paraId="1E982FF6" w14:textId="4585BB0F" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ENGAGEMENT N° 4 : ÉGALITÉ ET NON-DISCRIMINATION </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F74BE97" w14:textId="77777777" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>L’association ou la fondation s’engage à respecter l’égalité de tous devant la loi. Elle s’engage, dans son fonctionnement interne comme dans ses rapports avec les tiers, à ne pas opérer de différences de traitement fondées sur le sexe, l’orientation sexuelle, l’identité de genre, l’appartenance réelle ou supposée à une ethnie, une Nation, une prétendue race ou une religion déterminée qui ne reposeraient pas sur une différence de situation objective en rapport avec l’objet statutaire licite qu’elle poursuit, ni cautionner ou encourager de telles discriminations. Elle prend les mesures, compte tenu des moyens dont elle dispose, permettant de lutter contre toute forme de violence à caractère sexuel ou sexiste.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC098F9" w14:textId="77777777" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E90735" w14:textId="03980DB7" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ENGAGEMENT N° 5 : FRATERNITÉ ET PRÉVENTION DE LA VIOLENCE </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51C650C6" w14:textId="77777777" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>L’association ou la fondation s’engage à agir dans un esprit de fraternité et de civisme. Dans son activité, dans son fonctionnement interne comme dans ses rapports avec les tiers, l’association s’engage à ne pas provoquer à la haine ou à la violence envers quiconque et à ne pas cautionner de tels agissements. Elle s’engage à rejeter toutes formes de racisme et d’antisémitisme.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40159193" w14:textId="77777777" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DED6BAD" w14:textId="7B52CA91" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ENGAGEMENT N° 6 : RESPECT DE LA DIGNITÉ DE LA PERSONNE HUMAINE </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68488517" w14:textId="77777777" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>L’association ou la fondation s’engage à n’entreprendre, ne soutenir, ni cautionner aucune action de nature à porter atteinte à la sauvegarde de la dignité de la personne humaine. Elle s’engage à respecter les lois et règlements en vigueur destinés à protéger la santé et l’intégrité physique et psychique de ses membres et des bénéficiaires de ses services et ses activités, et à ne pas mettre en danger la vie d’autrui par ses agissements ou sa négligence. Elle s’engage à ne pas créer, maintenir ou exploiter la vulnérabilité psychologique ou physique de ses membres et des personnes qui participent à ses activités à quelque titre que ce soit, notamment des personnes en situation de handicap, que ce soit par des pressions ou des tentatives d’endoctrinement. Elle s’engage en particulier à n’entreprendre aucune action de nature à compromettre le développement physique, affectif, intellectuel et social des mineurs, ainsi que leur santé et leur sécurité.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4126BADE" w14:textId="77777777" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="566DAFD5" w14:textId="366609F0" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ENGAGEMENT N° 7 : RESPECT DES SYMBOLES DE LA RÉPUBLIQUE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48FF6DDF" w14:textId="4993B1C0" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="00F51F61">
+      <w:pPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>L’association s’engage à respecter le drapeau tricolore, l’hymne national, et la devise de la République.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11B7B33F" w14:textId="4C44189F" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F643F4B" w14:textId="77777777" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73CDE8C6" w14:textId="64E3A9CB" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="003A25A8" w:rsidP="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>Fait à ………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003A25A8">
+        <w:t> </w:t>
+      </w:r>
       <w:r>
-        <w:rPr/>
-[...17 lines deleted...]
-      </w:pPr>
+        <w:t>, l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>e ………………………………… </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0608FCD0" w14:textId="77777777" w:rsidR="00F62849" w:rsidRDefault="00F62849" w:rsidP="003A25A8"/>
+    <w:p w14:paraId="3D67EB37" w14:textId="678DE3EF" w:rsidR="003A25A8" w:rsidRPr="003A25A8" w:rsidRDefault="00F62849" w:rsidP="003A25A8">
       <w:r>
-        <w:rPr/>
-[...1 lines deleted...]
-      </w:r>
+        <w:t>Pour l’association ……………………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:rPr/>
-        <w:t>subvention par une décision motivée, après que</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003A25A8" w:rsidRPr="003A25A8">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C55FABF" w14:textId="427EB6B0" w:rsidR="004058C7" w:rsidRDefault="003A25A8">
+      <w:r w:rsidRPr="003A25A8">
+        <w:t>L</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t> </w:t>
+        <w:t>e ou la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A25A8">
+        <w:t xml:space="preserve"> P</w:t>
       </w:r>
       <w:r>
-        <w:rPr/>
-        <w:t>le bénéficiaire a été mis à même de présenter ses observations dans les conditions prévues à l’article L.122-1 du code des relations entre le public et l’administration. La collectivité enjoint au bénéficiaire de lui restituer, dans un délai ne pouvant excéder six mois à</w:t>
+        <w:t>résident(e)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A25A8">
+        <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>NOM Prénom</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C1C76A3" w14:textId="523954EF" w:rsidR="003A25A8" w:rsidRDefault="003A25A8">
       <w:r>
-        <w:rPr/>
-[...1 lines deleted...]
-      </w:r>
+        <w:t>Signature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7416CBCC" w14:textId="77777777" w:rsidR="00333698" w:rsidRDefault="00333698"/>
+    <w:p w14:paraId="60EFD549" w14:textId="77777777" w:rsidR="00333698" w:rsidRDefault="00333698"/>
+    <w:p w14:paraId="174F204A" w14:textId="7DA060A3" w:rsidR="00333698" w:rsidRDefault="00333698">
       <w:r>
-        <w:rPr>
-[...399 lines deleted...]
-      <w:pgMar w:top="580" w:bottom="280" w:left="1300" w:right="1300"/>
+        <w:t>Contrat d’Engagement Républicain annexé au décret pris pour l’application de l’article 10-1 de la loi n° 2000-321 du 12 avril 2000 relative aux droits des citoyens dans leurs relations avec les administrations.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00333698" w:rsidSect="003A25A8">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="0"/>
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...1 lines deleted...]
-    <w:charset w:val="0"/>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-  </w:font>
-[...4 lines deleted...]
-    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...133 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-[...3 lines deleted...]
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:ulTrailSpace/>
-[...2 lines deleted...]
-    <w:compatSetting w:val="14" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="003A25A8"/>
+    <w:rsid w:val="001A7CAF"/>
+    <w:rsid w:val="00333698"/>
+    <w:rsid w:val="00383C26"/>
+    <w:rsid w:val="003A25A8"/>
+    <w:rsid w:val="004058C7"/>
+    <w:rsid w:val="004270A5"/>
+    <w:rsid w:val="005045C0"/>
+    <w:rsid w:val="00DF7AF6"/>
+    <w:rsid w:val="00E4366E"/>
+    <w:rsid w:val="00EB2600"/>
+    <w:rsid w:val="00F51F61"/>
+    <w:rsid w:val="00F62849"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="fr-FR"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="755632BC"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{062A36FA-36C1-40C6-9209-42C79D276F48}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:cstheme="minorBidi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:asciiTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:bidi="ar-SA" w:eastAsia="en-US"/>
+        <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:style w:styleId="DefaultParagraphFont" w:default="1" w:type="character">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre1Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A25A8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre2Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003A25A8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre3Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003A25A8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre4Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003A25A8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre5Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003A25A8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre6Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003A25A8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre7Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003A25A8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre8Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003A25A8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre9Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003A25A8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:styleId="TableNormal" w:default="1" w:type="table">
-[...1 lines deleted...]
-    <w:uiPriority w:val="2"/>
+  <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:styleId="NoList" w:default="1" w:type="numbering">
+  <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:default="1" w:styleId="Normal" w:type="paragraph">
-[...1 lines deleted...]
-    <w:uiPriority w:val="1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre1Car">
+    <w:name w:val="Titre 1 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="003A25A8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre2Car">
+    <w:name w:val="Titre 2 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003A25A8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre3Car">
+    <w:name w:val="Titre 3 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003A25A8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre4Car">
+    <w:name w:val="Titre 4 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003A25A8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre5Car">
+    <w:name w:val="Titre 5 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003A25A8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre6Car">
+    <w:name w:val="Titre 6 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003A25A8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre7Car">
+    <w:name w:val="Titre 7 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003A25A8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre8Car">
+    <w:name w:val="Titre 8 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003A25A8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre9Car">
+    <w:name w:val="Titre 9 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003A25A8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitreCar"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:pPr/>
-[...6 lines deleted...]
-    <w:name w:val="Body Text"/>
+    <w:rsid w:val="003A25A8"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitreCar">
+    <w:name w:val="Titre Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="003A25A8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sous-titre">
+    <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Sous-titreCar"/>
+    <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:pPr/>
-[...8 lines deleted...]
-    <w:name w:val="Heading 1"/>
+    <w:rsid w:val="003A25A8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Sous-titreCar">
+    <w:name w:val="Sous-titre Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Sous-titre"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="003A25A8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citation">
+    <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitationCar"/>
+    <w:uiPriority w:val="29"/>
     <w:qFormat/>
+    <w:rsid w:val="003A25A8"/>
     <w:pPr>
-      <w:ind w:left="116"/>
-      <w:outlineLvl w:val="1"/>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitationCar">
+    <w:name w:val="Citation Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Citation"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="003A25A8"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A25A8"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Accentuationintense">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A25A8"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citationintense">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitationintenseCar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A25A8"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitationintenseCar">
+    <w:name w:val="Citation intense Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Citationintense"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="003A25A8"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rfrenceintense">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A25A8"/>
+    <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="32"/>
-[...45 lines deleted...]
-      <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/></Relationships>
-
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
+  <Pages>2</Pages>
+  <Words>913</Words>
+  <Characters>5024</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>41</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>5926</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Samia Mellouki</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Patrick MERRIEN</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...12 lines deleted...]
-</file>